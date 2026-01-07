--- v0 (2025-10-25)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf067461c17b94f10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R230a6fbbf1ef4f6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R483571462bb8408d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc2ccecd23994156"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729622eb3ee94658" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R483571462bb8408d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd68f2c805b164f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc2ccecd23994156" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Spain UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0592216393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>45,578</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>