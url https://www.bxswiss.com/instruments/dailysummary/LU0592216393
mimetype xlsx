--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R230a6fbbf1ef4f6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d3ee9e5c19d4533" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc2ccecd23994156"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa5ec7c0a2cf4fcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd68f2c805b164f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc2ccecd23994156" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc75165ecafe44c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa5ec7c0a2cf4fcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Spain UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0592216393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>50,396</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,339</x:t>
-[...58 lines deleted...]
-          <x:t>51,828</x:t>
+          <x:t>51,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>