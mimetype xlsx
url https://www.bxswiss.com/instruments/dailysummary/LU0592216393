--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d3ee9e5c19d4533" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bec4ea98c9646d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa5ec7c0a2cf4fcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R400de2bc337846ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc75165ecafe44c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa5ec7c0a2cf4fcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a4399d19d94442d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R400de2bc337846ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Spain UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0592216393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>