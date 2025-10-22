--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38f602ee83ec4186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9141fc00d0944ba6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra22be69b45bf4a23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09126dd44d7b4b82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9eacd0489c247e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra22be69b45bf4a23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f2a1ac5842c4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09126dd44d7b4b82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World Financials UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0533033071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>320,818</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...521 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,284</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>