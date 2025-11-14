--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9141fc00d0944ba6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f08d0579ba94070" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09126dd44d7b4b82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d428e5b04634834"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f2a1ac5842c4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09126dd44d7b4b82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cec2f88de284329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d428e5b04634834" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World Financials UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0533033071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>324,505</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>322,504</x:t>
-[...323 lines deleted...]
-          <x:t>314,328</x:t>
+          <x:t>322,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>