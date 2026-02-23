--- v2 (2025-11-14)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f08d0579ba94070" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9c9344db63d4862" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d428e5b04634834"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3205408ecff8455d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cec2f88de284329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d428e5b04634834" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9026c6cc8924774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3205408ecff8455d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World Financials UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0533033071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>321,703</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>