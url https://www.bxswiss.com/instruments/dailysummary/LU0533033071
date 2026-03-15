--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9c9344db63d4862" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b6e240b94924720" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3205408ecff8455d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8fa634065e74a85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9026c6cc8924774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3205408ecff8455d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf897f8b3479b491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8fa634065e74a85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World Financials UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0533033071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,615</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>