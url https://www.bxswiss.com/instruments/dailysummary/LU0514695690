--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e70d425e604872" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f099d11f674c8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R539769089e1944a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d693152e6994feb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29392832babb4180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R539769089e1944a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58e1476993d54294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d693152e6994feb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0514695690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,726</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>17,660</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>