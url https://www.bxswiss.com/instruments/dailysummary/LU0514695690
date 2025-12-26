--- v1 (2025-10-23)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f099d11f674c8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b594dceb1854c30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d693152e6994feb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04590a41fa4748ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58e1476993d54294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d693152e6994feb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd513ad686f481e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04590a41fa4748ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0514695690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>16,439</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,446</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>16,600</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,579</x:t>
-[...161 lines deleted...]
-          <x:t>16,556</x:t>
+          <x:t>16,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>