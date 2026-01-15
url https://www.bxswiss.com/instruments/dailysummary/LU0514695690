--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b594dceb1854c30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a161413c3fb47ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04590a41fa4748ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a7f0c1a98de48af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd513ad686f481e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04590a41fa4748ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re08928790ac642db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a7f0c1a98de48af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0514695690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,463 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>16,009</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,091</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,817</x:t>
@@ -737,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>