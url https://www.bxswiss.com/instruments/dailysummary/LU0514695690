--- v3 (2026-01-15)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a161413c3fb47ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0050f66532f4cde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a7f0c1a98de48af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R907216159f284c5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re08928790ac642db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a7f0c1a98de48af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d7ade6748654c37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R907216159f284c5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0514695690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>16,044</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,157</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>17,039</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>