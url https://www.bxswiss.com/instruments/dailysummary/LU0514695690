--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0050f66532f4cde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a795f63ed4c4525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R907216159f284c5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabab460171bf4c78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d7ade6748654c37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R907216159f284c5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf59e4f36c2874958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabab460171bf4c78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0514695690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,227</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>