--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a795f63ed4c4525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb889812c364272" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabab460171bf4c78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aa6c07056e3487b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf59e4f36c2874958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabab460171bf4c78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc477836ed7c7420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aa6c07056e3487b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI China UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0514695690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>15,868</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,679</x:t>
-[...16 lines deleted...]
-          <x:t>15,908</x:t>
+          <x:t>15,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,614</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...354 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>