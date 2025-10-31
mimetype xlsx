--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd28b204f32a64f5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re212947efafa4e96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0be07e97fd3e4386"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89cbe86fe5f64ee5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eac8cb100b74aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0be07e97fd3e4386" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6581e94e8b2b4a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89cbe86fe5f64ee5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI India Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0514695187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>16,228</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,204</x:t>
-[...43 lines deleted...]
-          <x:t>16,487</x:t>
+          <x:t>16,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,445</x:t>
-[...490 lines deleted...]
-          <x:t>16,351</x:t>
+          <x:t>16,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>