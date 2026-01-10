--- v1 (2025-10-31)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re212947efafa4e96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30fa0b28ba2f45d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89cbe86fe5f64ee5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5498c42755fd40b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6581e94e8b2b4a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89cbe86fe5f64ee5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec7f6d9420054a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5498c42755fd40b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI India Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0514695187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,376</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>16,586</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,557</x:t>
-[...301 lines deleted...]
-          <x:t>16,982</x:t>
+          <x:t>16,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>