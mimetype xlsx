--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30fa0b28ba2f45d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66b2df0eb73486b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5498c42755fd40b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re17b736416cc4e72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec7f6d9420054a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5498c42755fd40b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c157645637c46af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re17b736416cc4e72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI India Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0514695187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>16,619</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>