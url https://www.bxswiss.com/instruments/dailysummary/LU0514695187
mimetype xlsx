--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66b2df0eb73486b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1402b98c5be64e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re17b736416cc4e72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3508e713c6ad4db9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c157645637c46af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re17b736416cc4e72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48b37d7e08134799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3508e713c6ad4db9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI India Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0514695187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>15,689</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,616</x:t>
-[...345 lines deleted...]
-          <x:t>16,067</x:t>
+          <x:t>15,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,981</x:t>
-[...242 lines deleted...]
-          <x:t>16,016</x:t>
+          <x:t>15,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>