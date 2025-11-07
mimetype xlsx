--- v0 (2025-10-07)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b656344a48418d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3a506105f0e46d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2574e841818d4987"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reebe39aaf411443f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a7eab0511044a33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2574e841818d4987" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2baecea78fb64b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reebe39aaf411443f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Australia S&amp;P/ASX 200 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0496786905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,022</x:t>
-[...171 lines deleted...]
-          <x:t>61,813</x:t>
+          <x:t>59,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>