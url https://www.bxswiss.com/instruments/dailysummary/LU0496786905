--- v1 (2025-11-07)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3a506105f0e46d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc376e4a01de244b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reebe39aaf411443f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37cc3f81808f4f6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2baecea78fb64b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reebe39aaf411443f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb10ff51e4d324fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37cc3f81808f4f6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Australia S&amp;P/ASX 200 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0496786905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...608 lines deleted...]
-          <x:t>59,248</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,831</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>59,359</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>