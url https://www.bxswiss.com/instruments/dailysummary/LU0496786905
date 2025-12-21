--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc376e4a01de244b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd45a11d620e54235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37cc3f81808f4f6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ca3413860504714"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb10ff51e4d324fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37cc3f81808f4f6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb23a0ab7001c4798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ca3413860504714" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Australia S&amp;P/ASX 200 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0496786905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>