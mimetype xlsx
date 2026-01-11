--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd45a11d620e54235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc77f27ad94e4bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ca3413860504714"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba66f6f192de48fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb23a0ab7001c4798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ca3413860504714" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e1a395d43e84d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba66f6f192de48fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Australia S&amp;P/ASX 200 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0496786905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,633</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>59,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,542</x:t>
-[...269 lines deleted...]
-          <x:t>58,182</x:t>
+          <x:t>59,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>