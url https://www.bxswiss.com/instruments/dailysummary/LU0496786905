--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc77f27ad94e4bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red43e550afe64a80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba66f6f192de48fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb15a10e392174b4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e1a395d43e84d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba66f6f192de48fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b5b4fb0b5d94b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb15a10e392174b4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Australia S&amp;P/ASX 200 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0496786905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>59,075</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>