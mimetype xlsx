--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red43e550afe64a80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd06e3414d7bd4ea1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb15a10e392174b4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R283f84f6d39748de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b5b4fb0b5d94b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb15a10e392174b4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R394163fb5e394c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R283f84f6d39748de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Australia S&amp;P/ASX 200 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0496786905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>61,321</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,179</x:t>
-[...274 lines deleted...]
-          <x:t>65,016</x:t>
+          <x:t>61,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>