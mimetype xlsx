--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cf5f80677be4c5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd1d7527ca1454a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a7417b2ac674717"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59985418947941ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref21ae65618d4bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a7417b2ac674717" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf630ebe83b48ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59985418947941ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0496786657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,582</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>