--- v1 (2025-10-28)
+++ v2 (2025-11-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd1d7527ca1454a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c55062370514b06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59985418947941ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa03cf0e80304364"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf630ebe83b48ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59985418947941ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01b1b63ca0564b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa03cf0e80304364" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0496786657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>55,504</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,204</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>55,642</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,246</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>56,363</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>