--- v2 (2025-11-19)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c55062370514b06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b3d0c48e8824185" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa03cf0e80304364"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a9cf6449fd34646"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01b1b63ca0564b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa03cf0e80304364" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49a44e9b96e44a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a9cf6449fd34646" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0496786657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>54,802</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>