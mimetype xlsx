--- v3 (2025-12-31)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b3d0c48e8824185" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd0b852740e14c92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a9cf6449fd34646"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b9373f5cfa54af4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49a44e9b96e44a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a9cf6449fd34646" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R711ff62f9fa54f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b9373f5cfa54af4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0496786657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>55,765</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,875</x:t>
-        </x:is>
-[...165 lines deleted...]
-          <x:t>55,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>