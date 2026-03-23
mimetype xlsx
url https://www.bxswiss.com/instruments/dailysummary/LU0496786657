--- v4 (2026-02-10)
+++ v5 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd0b852740e14c92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03fe8740d2094daa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b9373f5cfa54af4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffc2cd14c3514dbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R711ff62f9fa54f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b9373f5cfa54af4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5112922ea89d4fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffc2cd14c3514dbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0496786657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>54,875</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>