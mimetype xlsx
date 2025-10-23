--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d30853fd1ba4cc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R042d2ae354e34428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ae7de3c5f034132"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60393a9b7338476d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85443d77daf44efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ae7de3c5f034132" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc63d20fa413f411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60393a9b7338476d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0490618542</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>