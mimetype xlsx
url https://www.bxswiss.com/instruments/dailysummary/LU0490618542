--- v1 (2025-10-23)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R042d2ae354e34428" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bea1d671fa24577" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60393a9b7338476d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b3d897889a94129"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc63d20fa413f411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60393a9b7338476d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53e33e1e5e3b490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b3d897889a94129" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0490618542</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>107,271</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,096</x:t>
-[...382 lines deleted...]
-          <x:t>106,821</x:t>
+          <x:t>109,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>