--- v2 (2026-02-02)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bea1d671fa24577" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c4cf13085374288" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b3d897889a94129"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5546a50679144e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53e33e1e5e3b490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b3d897889a94129" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8010fbe5303342f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5546a50679144e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0490618542</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,988</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>