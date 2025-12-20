--- v0 (2025-10-02)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R077719cb87d94b58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R722c672ad5b34e43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7e3a0687a1045d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1968d391aa1343cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e85ab14ef2e4743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7e3a0687a1045d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd18f58f8194c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1968d391aa1343cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE Developed Europe Real Estate UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0489337690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>21,815</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,734</x:t>
-[...80 lines deleted...]
-          <x:t>21,622</x:t>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>22,053</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,942</x:t>
-[...355 lines deleted...]
-          <x:t>22,312</x:t>
+          <x:t>21,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>