--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R722c672ad5b34e43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95cedec735b9490f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1968d391aa1343cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e5bfbecf6247fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd18f58f8194c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1968d391aa1343cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra478f1a0d6f2400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e5bfbecf6247fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE Developed Europe Real Estate UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0489337690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>