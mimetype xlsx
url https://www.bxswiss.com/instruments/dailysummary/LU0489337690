--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95cedec735b9490f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dcfb464a2ab4f85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e5bfbecf6247fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd115af4e84674d5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra478f1a0d6f2400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e5bfbecf6247fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7fd3a8bf474489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd115af4e84674d5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE Developed Europe Real Estate UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0489337690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>22,254</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,995</x:t>
-[...102 lines deleted...]
-          <x:t>23,247</x:t>
+          <x:t>22,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,972</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>23,168</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>