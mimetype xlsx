--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c8c57beb4ea4ecb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa704d83671d45e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff5d8729594448f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17241744d1ec46ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab91144102864625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff5d8729594448f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R748024a376e34d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17241744d1ec46ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR Corporate Bond SRI PAB UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0484968812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,864</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>