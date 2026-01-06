--- v1 (2025-11-02)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa704d83671d45e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fc6888a8c4041db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17241744d1ec46ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdc5c126b5914ccb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R748024a376e34d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17241744d1ec46ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e404d5f21f4c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdc5c126b5914ccb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR Corporate Bond SRI PAB UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0484968812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...441 lines deleted...]
-          <x:t>135,414</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,842</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>134,211</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>