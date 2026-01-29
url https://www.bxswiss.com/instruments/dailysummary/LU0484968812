--- v2 (2026-01-06)
+++ v3 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fc6888a8c4041db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra73fcbe7ec9b44cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdc5c126b5914ccb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3961268e617243af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e404d5f21f4c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdc5c126b5914ccb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd0409f6a3347b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3961268e617243af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR Corporate Bond SRI PAB UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0484968812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +251,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>