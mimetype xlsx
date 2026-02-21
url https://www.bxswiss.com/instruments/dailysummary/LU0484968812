--- v3 (2026-01-29)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra73fcbe7ec9b44cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e27f8e582034be8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3961268e617243af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0980c14b1b104ece"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd0409f6a3347b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3961268e617243af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aaf5088ac234055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0980c14b1b104ece" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR Corporate Bond SRI PAB UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0484968812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>133,111</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,866</x:t>
-[...490 lines deleted...]
-          <x:t>132,604</x:t>
+          <x:t>131,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>