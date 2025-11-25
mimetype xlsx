--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf9e0cf80ff4c1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3a9480ffe5a44b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc00224d7a47a4e1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32784046a5094a77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2edc0b3a44b499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc00224d7a47a4e1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57dccbdcc0d74589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32784046a5094a77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0480132876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>105,778</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,382</x:t>
-[...436 lines deleted...]
-          <x:t>106,361</x:t>
+          <x:t>106,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>