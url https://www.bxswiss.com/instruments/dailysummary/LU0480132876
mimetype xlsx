--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3a9480ffe5a44b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81a69d89b0b14849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32784046a5094a77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f4e0385343148d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57dccbdcc0d74589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32784046a5094a77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6807b53346d402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f4e0385343148d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0480132876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>108,047</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>