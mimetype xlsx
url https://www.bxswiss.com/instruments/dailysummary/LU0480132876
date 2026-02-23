--- v2 (2026-01-11)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81a69d89b0b14849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re52b38960f1b4e6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f4e0385343148d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref85d5e8d0554844"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6807b53346d402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f4e0385343148d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15733685d7a34717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref85d5e8d0554844" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0480132876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>116,155</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>