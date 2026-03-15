--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re52b38960f1b4e6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdacf3caf16b84de6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref85d5e8d0554844"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R288788295e9e4ecf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15733685d7a34717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref85d5e8d0554844" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1971a59610a6484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R288788295e9e4ecf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0480132876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>118,070</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,161</x:t>
-[...75 lines deleted...]
-          <x:t>117,556</x:t>
+          <x:t>118,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,368</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>121,241</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>