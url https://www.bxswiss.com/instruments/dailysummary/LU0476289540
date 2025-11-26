--- v0 (2025-10-14)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1f4400f92c74a7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0a04dcf757d4f2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra865c00aa1514395"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7612d85f713d4c67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e30ff2718af4400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra865c00aa1514395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0006d09efd7433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7612d85f713d4c67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Canada ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0476289540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>87,867</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,728</x:t>
-[...188 lines deleted...]
-          <x:t>87,278</x:t>
+          <x:t>87,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>