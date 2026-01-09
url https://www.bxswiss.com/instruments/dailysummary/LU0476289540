--- v1 (2025-11-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0a04dcf757d4f2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R392e467207654f2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7612d85f713d4c67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61d42f4e00a242fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0006d09efd7433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7612d85f713d4c67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f1e2f07967a417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61d42f4e00a242fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Canada ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0476289540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>89,122</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>