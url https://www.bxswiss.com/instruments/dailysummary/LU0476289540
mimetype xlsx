--- v2 (2026-01-09)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R392e467207654f2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdea19fa43dbb4192" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61d42f4e00a242fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7969cb3a76904644"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f1e2f07967a417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61d42f4e00a242fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18a0f8fd14c34f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7969cb3a76904644" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Canada ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0476289540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,781</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>