--- v3 (2026-02-02)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdea19fa43dbb4192" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d2fb8123cca4147" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7969cb3a76904644"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01df01216af14900"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18a0f8fd14c34f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7969cb3a76904644" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dfdca3bf1e5466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01df01216af14900" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Canada ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0476289540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,474</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>95,594</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,880</x:t>
-        </x:is>
-[...354 lines deleted...]
-          <x:t>90,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>