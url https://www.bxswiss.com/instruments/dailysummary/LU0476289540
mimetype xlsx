--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d2fb8123cca4147" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00ac675b8ee14c0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01df01216af14900"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc47ab437740d4450"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dfdca3bf1e5466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01df01216af14900" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8ba2958aee474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc47ab437740d4450" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Canada ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0476289540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>93,771</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,719</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>93,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,811</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,857</x:t>
         </x:is>
       </x:c>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>