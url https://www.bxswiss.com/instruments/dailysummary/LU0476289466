--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07733024f0104c92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98f0de2264cb4905" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4aafb2830034936"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bcd4c33af0845dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R674270bc48d145fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4aafb2830034936" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6f3b138b8d44a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bcd4c33af0845dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Mexico UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0476289466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>5,978</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,015</x:t>
-[...6 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,077</x:t>
-[...58 lines deleted...]
-          <x:t>5,983</x:t>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>5,996</x:t>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,967</x:t>
-[...75 lines deleted...]
-          <x:t>6,114</x:t>
+          <x:t>6,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,066</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>6,061</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,144</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>6,032</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>