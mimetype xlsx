--- v1 (2025-10-30)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98f0de2264cb4905" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R299786067a194410" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bcd4c33af0845dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c9d72f44b494004"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6f3b138b8d44a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bcd4c33af0845dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19c62738d7764be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c9d72f44b494004" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Mexico UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0476289466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>6,219</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>