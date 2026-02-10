--- v2 (2026-01-01)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R299786067a194410" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d5d95eb8f354c17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c9d72f44b494004"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R303083fa2a7a4133"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19c62738d7764be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c9d72f44b494004" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcb0b8a9722a494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R303083fa2a7a4133" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Mexico UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0476289466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>6,576</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>