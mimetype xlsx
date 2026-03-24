--- v3 (2026-02-10)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d5d95eb8f354c17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88c272873d06467d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R303083fa2a7a4133"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9365e3a38d5749a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcb0b8a9722a494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R303083fa2a7a4133" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd586afbcc604a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9365e3a38d5749a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Mexico UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0476289466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>6,669</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,761</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>6,946</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,799</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>7,318</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>