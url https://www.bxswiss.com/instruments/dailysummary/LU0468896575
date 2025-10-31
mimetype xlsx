--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c82607b53e44032" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d60d1d00d24c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50d0fa433cc44b43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6405f4f96ef4728"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f876747b5fd480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50d0fa433cc44b43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd21d6980d51c4645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6405f4f96ef4728" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Germany Government Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0468896575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>157,090</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,691</x:t>
-        </x:is>
-[...489 lines deleted...]
-          <x:t>156,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>