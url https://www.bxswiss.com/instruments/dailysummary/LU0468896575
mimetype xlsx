--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d60d1d00d24c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R381fc7704d9541ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6405f4f96ef4728"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R641994a8bc99498d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd21d6980d51c4645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6405f4f96ef4728" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd358a314deb749c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R641994a8bc99498d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Germany Government Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0468896575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>157,203</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,991</x:t>
-[...357 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>156,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,057</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>156,668</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,310</x:t>
-[...58 lines deleted...]
-          <x:t>156,691</x:t>
+          <x:t>156,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>