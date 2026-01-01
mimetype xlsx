--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R381fc7704d9541ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c556e9a98a241ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R641994a8bc99498d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref9c61a666e84601"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd358a314deb749c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R641994a8bc99498d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb00e2d28bf8e4ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref9c61a666e84601" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Germany Government Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0468896575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>156,587</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,417</x:t>
-[...490 lines deleted...]
-          <x:t>156,167</x:t>
+          <x:t>156,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>