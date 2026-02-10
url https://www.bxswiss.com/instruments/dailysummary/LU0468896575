--- v3 (2026-01-01)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c556e9a98a241ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re904adce33314a2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref9c61a666e84601"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R145165165dbc4a11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb00e2d28bf8e4ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref9c61a666e84601" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e585603eff34266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R145165165dbc4a11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Germany Government Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0468896575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>155,031</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>