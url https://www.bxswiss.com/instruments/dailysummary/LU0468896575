--- v4 (2026-02-10)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re904adce33314a2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R794558c55e40430f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R145165165dbc4a11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcf5d1bcbe024050"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e585603eff34266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R145165165dbc4a11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26342d26ed434d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcf5d1bcbe024050" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Germany Government Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0468896575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>153,188</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>