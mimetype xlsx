--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f9a056f5f9243ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231225fce7214175" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra25010e343aa45c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R357017af9f0843ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e4dc1aa1bbd427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra25010e343aa45c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R319682400bf24f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R357017af9f0843ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>43,632</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,171</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...172 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,968</x:t>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>