--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231225fce7214175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc044658ada3a427f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R357017af9f0843ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97533e3f5fad444e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R319682400bf24f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R357017af9f0843ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65874f6b66c14066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97533e3f5fad444e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>44,171</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,008</x:t>
-[...156 lines deleted...]
-          <x:t>45,146</x:t>
+          <x:t>43,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,061</x:t>
-[...129 lines deleted...]
-          <x:t>44,691</x:t>
+          <x:t>44,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,962</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>45,137</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,760</x:t>
-[...215 lines deleted...]
-          <x:t>44,782</x:t>
+          <x:t>44,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>