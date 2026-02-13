--- v2 (2025-11-18)
+++ v3 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc044658ada3a427f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc1fa9d24f06424f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97533e3f5fad444e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2389b0e003204c0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65874f6b66c14066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97533e3f5fad444e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0cbaf9c06c84152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2389b0e003204c0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>44,474</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>