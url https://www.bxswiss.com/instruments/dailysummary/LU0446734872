--- v3 (2026-02-13)
+++ v4 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc1fa9d24f06424f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc510d361a7d64ae5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2389b0e003204c0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fa471d20bae4778"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0cbaf9c06c84152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2389b0e003204c0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f19f7d6ba648f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fa471d20bae4778" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>49,384</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,812</x:t>
-[...87 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>48,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,712</x:t>
-[...318 lines deleted...]
-          <x:t>47,359</x:t>
+          <x:t>47,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,638</x:t>
-[...139 lines deleted...]
-          <x:t>46,952</x:t>
+          <x:t>46,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>