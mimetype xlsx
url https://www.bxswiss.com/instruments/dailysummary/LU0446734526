--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8666b0f3ab974412" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2507983e602644cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01cb02b0eefe4525"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae53248a291c4aa6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd00a4f8aafb04193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01cb02b0eefe4525" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fb7d4e8554240d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae53248a291c4aa6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Pacific (ex Japan) UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>39,795</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...289 lines deleted...]
-          <x:t>40,658</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>