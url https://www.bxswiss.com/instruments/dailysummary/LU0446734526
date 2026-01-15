--- v1 (2025-11-16)
+++ v2 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2507983e602644cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R127ac724e8084e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae53248a291c4aa6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19bcd75e782144d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fb7d4e8554240d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae53248a291c4aa6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf39b1fd7c1664f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19bcd75e782144d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Pacific (ex Japan) UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>40,292</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,055</x:t>
-[...237 lines deleted...]
-          <x:t>40,410</x:t>
+          <x:t>39,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,549</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>10.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,768</x:t>
-[...117 lines deleted...]
-          <x:t>39,501</x:t>
+          <x:t>40,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>