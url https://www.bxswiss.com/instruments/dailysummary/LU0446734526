--- v2 (2026-01-15)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R127ac724e8084e3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7371de74f02144d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19bcd75e782144d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a713cc8b4b5413c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf39b1fd7c1664f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19bcd75e782144d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R469154eab7e94a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a713cc8b4b5413c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Pacific (ex Japan) UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>