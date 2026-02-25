--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7371de74f02144d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fda87212cd34f0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a713cc8b4b5413c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5db5a9e5174ea5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R469154eab7e94a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a713cc8b4b5413c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd724b9610cc34b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5db5a9e5174ea5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Pacific (ex Japan) UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>14.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,272</x:t>
-[...399 lines deleted...]
-          <x:t>42,446</x:t>
+          <x:t>41,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,073</x:t>
-[...4 lines deleted...]
-          <x:t>42,199</x:t>
+          <x:t>42,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>