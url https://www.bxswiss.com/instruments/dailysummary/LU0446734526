--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fda87212cd34f0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7402582c0a574b6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5db5a9e5174ea5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3877e5d9c3dc4f60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd724b9610cc34b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5db5a9e5174ea5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re026ef8655164747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3877e5d9c3dc4f60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Pacific (ex Japan) UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>42,446</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,073</x:t>
-[...227 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>42,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,067</x:t>
-[...144 lines deleted...]
-          <x:t>42,710</x:t>
+          <x:t>42,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>