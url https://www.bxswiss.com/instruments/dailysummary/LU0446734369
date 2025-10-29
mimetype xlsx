--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa4c34d82e654d89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45b332ae8dca44c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e848f6194c44e3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R772ffe28e6584d94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1799171adb6e4e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e848f6194c44e3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R496be4cd19ab42ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R772ffe28e6584d94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Value UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>49,331</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,927</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>50,068</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>