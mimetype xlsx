--- v1 (2025-10-29)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45b332ae8dca44c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68b191220b334d9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R772ffe28e6584d94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c8c54768158433e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R496be4cd19ab42ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R772ffe28e6584d94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dbdf70106e74773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c8c54768158433e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Value UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>