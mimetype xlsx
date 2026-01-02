--- v2 (2025-11-20)
+++ v3 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68b191220b334d9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaeb5039dc5b46df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c8c54768158433e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R642a2b0bbf3e4330"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dbdf70106e74773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c8c54768158433e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b14d680073f413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R642a2b0bbf3e4330" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Value UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>50,688</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>