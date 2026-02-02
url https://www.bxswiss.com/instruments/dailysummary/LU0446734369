--- v3 (2026-01-02)
+++ v4 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaeb5039dc5b46df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79cfbbac681f401b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R642a2b0bbf3e4330"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e80c6fc408d41e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b14d680073f413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R642a2b0bbf3e4330" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re274acb6b9be4d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e80c6fc408d41e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Value UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>53,647</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,783</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>54,111</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>