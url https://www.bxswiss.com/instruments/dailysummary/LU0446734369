--- v4 (2026-02-02)
+++ v5 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79cfbbac681f401b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3088abca135492d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e80c6fc408d41e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a1fec3848544bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re274acb6b9be4d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e80c6fc408d41e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra609a88c0c0d48e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a1fec3848544bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Value UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>19.01.2026</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,400</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>54,329</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>