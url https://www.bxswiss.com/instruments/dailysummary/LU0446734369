--- v5 (2026-02-23)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3088abca135492d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9206e0adc43945f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a1fec3848544bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf51b0c030df345f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra609a88c0c0d48e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a1fec3848544bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4a77bc7615e424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf51b0c030df345f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Value UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>