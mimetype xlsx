--- v0 (2025-10-02)
+++ v1 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b48a3eb4d22452b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94c1074c0f614bdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f7d1bf3ac6941a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc95f945b7b8643c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c6cbcf804374e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f7d1bf3ac6941a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89f66d2d5f884094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc95f945b7b8643c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>87,187</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>