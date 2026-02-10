--- v1 (2025-12-31)
+++ v2 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94c1074c0f614bdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd34f569048614fb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc95f945b7b8643c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64ac942c686646ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89f66d2d5f884094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc95f945b7b8643c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42a47e4857f543bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64ac942c686646ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>90,769</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>