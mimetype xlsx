--- v2 (2026-02-10)
+++ v3 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd34f569048614fb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd9f7abd981b4839" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64ac942c686646ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc309ceabaa94158"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42a47e4857f543bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64ac942c686646ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4dbf7718d514a36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc309ceabaa94158" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0446734104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...571 lines deleted...]
-          <x:t>91,955</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,643</x:t>
-[...4 lines deleted...]
-          <x:t>92,239</x:t>
+          <x:t>92,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>