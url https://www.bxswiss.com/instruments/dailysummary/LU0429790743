--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72c95fd568644064" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d3da0eb01a475e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re22226f9d28840a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924f4cbc79344ba9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96be64e471214a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re22226f9d28840a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf20a9c072b648a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924f4cbc79344ba9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Bloomberg Commodity Swap UCITS ETF 2C EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0429790743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>20,150</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,910</x:t>
-[...16 lines deleted...]
-          <x:t>20,010</x:t>
+          <x:t>20,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,931</x:t>
-[...97 lines deleted...]
-          <x:t>20,444</x:t>
+          <x:t>20,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,229</x:t>
-[...112 lines deleted...]
-          <x:t>20,565</x:t>
+          <x:t>20,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>