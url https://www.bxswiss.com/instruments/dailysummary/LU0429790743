--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d3da0eb01a475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf13bcc1e6b30406d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924f4cbc79344ba9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc34ee6e7f6bd463c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf20a9c072b648a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924f4cbc79344ba9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eca560d21c441db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc34ee6e7f6bd463c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Bloomberg Commodity Swap UCITS ETF 2C EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0429790743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...274 lines deleted...]
-          <x:t>20,616</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,487</x:t>
-[...259 lines deleted...]
-          <x:t>20,795</x:t>
+          <x:t>21,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,773</x:t>
-[...85 lines deleted...]
-          <x:t>21,078</x:t>
+          <x:t>21,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>