--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf13bcc1e6b30406d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58ea31f91a0a4313" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc34ee6e7f6bd463c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9cc6855a37e457d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eca560d21c441db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc34ee6e7f6bd463c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61e168efabf84de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9cc6855a37e457d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Bloomberg Commodity Swap UCITS ETF 2C EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0429790743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>20,823</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,652</x:t>
-[...252 lines deleted...]
-          <x:t>21,095</x:t>
+          <x:t>21,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>