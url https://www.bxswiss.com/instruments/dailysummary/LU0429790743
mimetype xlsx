--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58ea31f91a0a4313" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R314515f5b0b64790" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9cc6855a37e457d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ad301d41867405b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61e168efabf84de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9cc6855a37e457d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b703476d51e4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ad301d41867405b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Bloomberg Commodity Swap UCITS ETF 2C EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0429790743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>21,970</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>