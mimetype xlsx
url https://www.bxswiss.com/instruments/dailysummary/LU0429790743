--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R314515f5b0b64790" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13bebd97d3284ce1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ad301d41867405b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8fcde486a9f45e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b703476d51e4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ad301d41867405b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabd995d118cf415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8fcde486a9f45e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Bloomberg Commodity Swap UCITS ETF 2C EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0429790743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,051</x:t>
-[...53 lines deleted...]
-          <x:t>22,975</x:t>
+          <x:t>21,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,881</x:t>
-[...539 lines deleted...]
-          <x:t>22,636</x:t>
+          <x:t>22,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>