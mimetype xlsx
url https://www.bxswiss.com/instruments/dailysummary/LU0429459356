--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cb28d4ab7a84219" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd85c54ede9ac4f80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93cffc4450b2444d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R831174986938468c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e083e5321e54083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93cffc4450b2444d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f662d39b7654a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R831174986938468c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II US Treasuries UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0429459356</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>