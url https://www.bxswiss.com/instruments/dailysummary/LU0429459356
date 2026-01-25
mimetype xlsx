--- v1 (2025-11-04)
+++ v2 (2026-01-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd85c54ede9ac4f80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69ab9a72e8b94a2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R831174986938468c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f558db746b34653"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f662d39b7654a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R831174986938468c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd22267f75f7450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f558db746b34653" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II US Treasuries UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0429459356</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...441 lines deleted...]
-          <x:t>157,675</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,606</x:t>
-[...134 lines deleted...]
-          <x:t>158,908</x:t>
+          <x:t>155,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>