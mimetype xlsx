--- v2 (2026-01-25)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69ab9a72e8b94a2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5692109a421462d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f558db746b34653"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499a8f15f71f400a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd22267f75f7450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f558db746b34653" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf625a31bd68483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499a8f15f71f400a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II US Treasuries UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0429459356</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>