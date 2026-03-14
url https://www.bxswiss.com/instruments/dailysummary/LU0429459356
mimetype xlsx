--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5692109a421462d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c8752f0375f4d67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499a8f15f71f400a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R562f77cb92c44c13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf625a31bd68483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499a8f15f71f400a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cffd4453d3c48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R562f77cb92c44c13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II US Treasuries UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0429459356</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>152,118</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>151,016</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,902</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>151,404</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,212</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>152,144</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>