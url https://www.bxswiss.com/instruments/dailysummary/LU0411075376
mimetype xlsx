--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff598772b6e34333" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c3beba52953482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c8ad86108b24eb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b498e889c74b40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f544575951646b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c8ad86108b24eb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R862487a40b104e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b498e889c74b40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers LevDAX Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0411075376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>