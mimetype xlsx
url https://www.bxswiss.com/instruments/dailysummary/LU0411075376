--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c3beba52953482c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae643f4afeb498d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b498e889c74b40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc86fe1ab53794292"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R862487a40b104e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b498e889c74b40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1febdef971564eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc86fe1ab53794292" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers LevDAX Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0411075376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>