--- v2 (2025-11-21)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae643f4afeb498d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0c300893974f85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc86fe1ab53794292"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf9e61a7a6de476e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1febdef971564eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc86fe1ab53794292" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26c2d136b87e43ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf9e61a7a6de476e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers LevDAX Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0411075376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>238,023</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>