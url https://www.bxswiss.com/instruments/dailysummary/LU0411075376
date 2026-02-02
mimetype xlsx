--- v3 (2026-01-08)
+++ v4 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0c300893974f85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf566cd33e4db4ab8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf9e61a7a6de476e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ed8e2597494f85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26c2d136b87e43ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf9e61a7a6de476e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae4adfe953dd44e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ed8e2597494f85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers LevDAX Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0411075376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,853</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>