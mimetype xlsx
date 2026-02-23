--- v4 (2026-02-02)
+++ v5 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf566cd33e4db4ab8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca24689f50274dbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ed8e2597494f85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8bf997f311641c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae4adfe953dd44e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ed8e2597494f85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2799e8d0da484fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8bf997f311641c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers LevDAX Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0411075376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>