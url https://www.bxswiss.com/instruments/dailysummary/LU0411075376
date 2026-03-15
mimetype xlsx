--- v5 (2026-02-23)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca24689f50274dbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9daa310a1b6b4297" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8bf997f311641c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R944652b32f9c4383"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2799e8d0da484fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8bf997f311641c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R636da9fddcb54034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R944652b32f9c4383" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers LevDAX Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0411075376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,271</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>