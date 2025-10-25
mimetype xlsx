--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b2b6cbadf5f4052" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8e7b4fcd234ec7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra948c06364ec4328"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bb3ee06b69949e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4102cbf9f2784ac4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra948c06364ec4328" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7618f0f342549d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bb3ee06b69949e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Portfolio UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0397221945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>