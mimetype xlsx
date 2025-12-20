--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8e7b4fcd234ec7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae58826e2b143b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bb3ee06b69949e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R387c67b6bd0a4b48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7618f0f342549d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bb3ee06b69949e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdab98d107a6e4ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R387c67b6bd0a4b48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Portfolio UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0397221945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>302,521</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>