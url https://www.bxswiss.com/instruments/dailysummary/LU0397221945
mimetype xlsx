--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae58826e2b143b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57094819c3d3411b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R387c67b6bd0a4b48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3695dcc2df9e4677"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdab98d107a6e4ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R387c67b6bd0a4b48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra03801e33f154723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3695dcc2df9e4677" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Portfolio UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0397221945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>302,429</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,839</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>302,639</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>