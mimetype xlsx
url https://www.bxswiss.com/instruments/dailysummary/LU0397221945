--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57094819c3d3411b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R406be60498da4427" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3695dcc2df9e4677"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f15b3ba9b354c70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra03801e33f154723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3695dcc2df9e4677" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re83b175355f544d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f15b3ba9b354c70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Portfolio UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0397221945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>309,744</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>