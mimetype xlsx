--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra85cd90465bb409e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19bd361f5f3a4c31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R578d3c56f43a4a61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re65af25e059e4364"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R374e2d89ce574571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R578d3c56f43a4a61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4edc5000f9764a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re65af25e059e4364" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx 50 UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0380865021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>91,532</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,996</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>90,762</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,691</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>89,866</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>