--- v1 (2025-11-04)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19bd361f5f3a4c31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd77bfeb788843e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re65af25e059e4364"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfd00839a01849b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4edc5000f9764a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re65af25e059e4364" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40086e71c6bc4aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfd00839a01849b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx 50 UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0380865021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>92,016</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>