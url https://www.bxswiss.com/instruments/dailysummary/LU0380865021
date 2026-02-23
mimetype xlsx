--- v2 (2026-01-07)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd77bfeb788843e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7529e4ac13fc40d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfd00839a01849b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73cbcfa5f20244b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40086e71c6bc4aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfd00839a01849b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c2c27a3a7da406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73cbcfa5f20244b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx 50 UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0380865021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>95,075</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,938</x:t>
-[...31 lines deleted...]
-          <x:t>96,369</x:t>
+          <x:t>96,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>