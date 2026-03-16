--- v3 (2026-02-23)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7529e4ac13fc40d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra57d399d98144c02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73cbcfa5f20244b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9757176ec8c4f77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c2c27a3a7da406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73cbcfa5f20244b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7768b5c24ee64cd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9757176ec8c4f77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx 50 UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0380865021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,804</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>