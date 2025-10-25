--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdd68338f94e4083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R800fdf69b17147d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf687af70f2634d9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0096d05764ce43ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80875ff71e244d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf687af70f2634d9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16d4caabbaef4d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0096d05764ce43ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - Swiss Small &amp; MidCap Opp CHF I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0376447578</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>36,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>36,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,030</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>36,805</x:t>
-        </x:is>
-[...494 lines deleted...]
-          <x:t>35,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>