--- v1 (2025-10-25)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R800fdf69b17147d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra324c61a197a4c0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0096d05764ce43ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdae32442f5884d2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16d4caabbaef4d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0096d05764ce43ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabad9bac4bc64b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdae32442f5884d2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - Swiss Small &amp; MidCap Opp CHF I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0376447578</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,335</x:t>
-[...16 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>35,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,960</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>35,520</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>35,920</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,790</x:t>
-[...6 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>35,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,980</x:t>
-[...188 lines deleted...]
-          <x:t>36,090</x:t>
+          <x:t>36,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,040</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>36,805</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>