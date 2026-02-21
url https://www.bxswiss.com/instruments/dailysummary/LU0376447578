--- v2 (2025-12-27)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra324c61a197a4c0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R711f7dde13ee47b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdae32442f5884d2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0b88ae0b7dd4a86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabad9bac4bc64b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdae32442f5884d2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb3eb461d6a74827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0b88ae0b7dd4a86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - Swiss Small &amp; MidCap Opp CHF I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0376447578</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>35,800</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>35,980</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,980</x:t>
+          <x:t>36,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>36,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>