--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R711f7dde13ee47b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e65bb12834b474b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0b88ae0b7dd4a86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b84c9f7ff544349"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb3eb461d6a74827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0b88ae0b7dd4a86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R236d77d019404cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b84c9f7ff544349" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - Swiss Small &amp; MidCap Opp CHF I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0376447578</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,795</x:t>
-[...205 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>36,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,430</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>36,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>36,485</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,075</x:t>
-[...75 lines deleted...]
-          <x:t>36,775</x:t>
+          <x:t>36,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,775</x:t>
-[...80 lines deleted...]
-          <x:t>37,195</x:t>
+          <x:t>36,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>