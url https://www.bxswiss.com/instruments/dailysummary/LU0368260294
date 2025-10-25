--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7181da9f69ab42e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refeb6be050bd43ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4abf6a33b3324100"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08413b24100b40ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8082d3d414e4146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4abf6a33b3324100" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48c791914fc8479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08413b24100b40ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Mining USD I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0368260294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>