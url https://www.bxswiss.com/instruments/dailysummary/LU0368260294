--- v1 (2025-10-25)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refeb6be050bd43ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re581fd73a00e4fd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08413b24100b40ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f3d867260584bb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48c791914fc8479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08413b24100b40ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fe9be5d57aa4b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f3d867260584bb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Mining USD I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0368260294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...441 lines deleted...]
-          <x:t>101,800</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,700</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>101,900</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,600</x:t>
+          <x:t>104,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>96,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>