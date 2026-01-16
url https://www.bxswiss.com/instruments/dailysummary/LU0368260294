--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re581fd73a00e4fd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1de6a57e6c3f4e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f3d867260584bb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92c1ee8a154f46f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fe9be5d57aa4b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f3d867260584bb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a9e1e27d7f04437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92c1ee8a154f46f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Mining USD I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0368260294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>105,450</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,250</x:t>
-[...11 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,950</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>110,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,450</x:t>
         </x:is>
       </x:c>
@@ -710,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>