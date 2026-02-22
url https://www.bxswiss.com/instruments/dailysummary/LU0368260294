--- v3 (2026-01-16)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1de6a57e6c3f4e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebe3993fe3de45e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92c1ee8a154f46f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re25cfd3ba89647ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a9e1e27d7f04437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92c1ee8a154f46f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd813d473ba774e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re25cfd3ba89647ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Mining USD I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0368260294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...458 lines deleted...]
-          <x:t>15.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,550</x:t>
-[...9 lines deleted...]
-          <x:t>126,350</x:t>
+          <x:t>128,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>