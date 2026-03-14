--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebe3993fe3de45e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red1a18d77d244a47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re25cfd3ba89647ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5808845d07284114"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd813d473ba774e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re25cfd3ba89647ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8baadd2574d540f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5808845d07284114" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Mining USD I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0368260294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>131,000</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>125,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>134,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>