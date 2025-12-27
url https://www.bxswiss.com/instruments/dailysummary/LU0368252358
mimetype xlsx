--- v0 (2025-10-22)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11cbc5bc6bb749fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R836b2c5e3703414a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a0288540e2240d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98f42f870ee343b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85080d6cb7b44b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a0288540e2240d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1630235f6020495f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98f42f870ee343b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Gold USD I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0368252358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>99,800</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>102,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,600</x:t>
-[...16 lines deleted...]
-          <x:t>104,700</x:t>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,700</x:t>
+          <x:t>110,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,850</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>93,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>