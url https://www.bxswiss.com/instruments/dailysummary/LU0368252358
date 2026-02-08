--- v1 (2025-12-27)
+++ v2 (2026-02-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R836b2c5e3703414a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6c3640c5210497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98f42f870ee343b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c521773c9e0481c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1630235f6020495f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98f42f870ee343b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R073c7dcc0b1845fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c521773c9e0481c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Gold USD I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0368252358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...554 lines deleted...]
-          <x:t>120,100</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>