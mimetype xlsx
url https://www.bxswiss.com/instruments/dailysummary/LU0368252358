--- v2 (2026-02-08)
+++ v3 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6c3640c5210497c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e1224c477174c19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c521773c9e0481c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde02b3c042a0454b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R073c7dcc0b1845fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c521773c9e0481c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree567e44008a4224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde02b3c042a0454b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock GF SICAV - World Gold USD I2C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0368252358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>123,500</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,300</x:t>
-[...53 lines deleted...]
-          <x:t>127,150</x:t>
+          <x:t>125,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...354 lines deleted...]
-          <x:t>02.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>128,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>