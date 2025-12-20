--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f0a6012688e48de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R924a7cd527d842b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c5ce56170114d7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9f4acf7b2ad4299"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe2053a753644792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c5ce56170114d7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f79966726e04f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9f4acf7b2ad4299" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0340285161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>343,446</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>342,712</x:t>
-[...242 lines deleted...]
-          <x:t>347,319</x:t>
+          <x:t>346,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>