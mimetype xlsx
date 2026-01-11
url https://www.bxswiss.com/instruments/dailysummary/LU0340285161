--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R924a7cd527d842b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R058f8913b49e4b35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9f4acf7b2ad4299"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf38e528e3394415d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f79966726e04f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9f4acf7b2ad4299" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d0671abe1844265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf38e528e3394415d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0340285161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,412</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>