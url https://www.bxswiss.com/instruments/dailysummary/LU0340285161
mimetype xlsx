--- v2 (2026-01-11)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R058f8913b49e4b35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R874f8d5d504a498c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf38e528e3394415d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb9854281f74a9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d0671abe1844265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf38e528e3394415d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R016eb24cc6b24039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb9854281f74a9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0340285161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>