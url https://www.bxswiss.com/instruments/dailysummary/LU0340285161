--- v3 (2026-02-01)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R874f8d5d504a498c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb2101bf5c54226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb9854281f74a9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1923e5078f024b43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R016eb24cc6b24039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb9854281f74a9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a618160896c4f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1923e5078f024b43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0340285161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>