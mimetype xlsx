--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb2101bf5c54226" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cd6dfc215b24c2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1923e5078f024b43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe7f8039e9c746b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a618160896c4f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1923e5078f024b43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d61d1d0a81b4776" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe7f8039e9c746b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0340285161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>