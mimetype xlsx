--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44610d9f2464277" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc54d4018be294ffa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5db2272611b74188"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb7d11b277f46ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb345540fcf24a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5db2272611b74188" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R839b519962b144a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb7d11b277f46ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan IF SICAV - Global Dividend EUR CC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0329203144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>484,000</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>482,700</x:t>
-[...38 lines deleted...]
-          <x:t>481,000</x:t>
+          <x:t>486,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>480,900</x:t>
-[...463 lines deleted...]
-          <x:t>495,950</x:t>
+          <x:t>489,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>