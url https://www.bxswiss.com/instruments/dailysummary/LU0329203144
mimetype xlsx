--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc54d4018be294ffa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70a171e9fcd14bff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb7d11b277f46ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R447b75e0bed84202"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R839b519962b144a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb7d11b277f46ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b8afa2ebc9c4507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R447b75e0bed84202" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan IF SICAV - Global Dividend EUR CC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0329203144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>486,400</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>490,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>485,300</x:t>
-[...43 lines deleted...]
-          <x:t>485,000</x:t>
+          <x:t>491,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>483,300</x:t>
-[...178 lines deleted...]
-          <x:t>490,200</x:t>
+          <x:t>489,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>490,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>488,200</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>491,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>489,400</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>