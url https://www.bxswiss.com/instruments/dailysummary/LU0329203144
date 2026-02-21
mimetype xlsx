--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70a171e9fcd14bff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19554fe45d5640fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R447b75e0bed84202"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd15a5d3b5dd2428c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b8afa2ebc9c4507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R447b75e0bed84202" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6660b31bff574194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd15a5d3b5dd2428c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan IF SICAV - Global Dividend EUR CC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0329203144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>491,250</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>490,600</x:t>
-[...340 lines deleted...]
-          <x:t>497,850</x:t>
+          <x:t>493,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>500,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>502,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>501,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>501,750</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>501,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>501,750</x:t>
-[...36 lines deleted...]
-          <x:t>506,250</x:t>
+          <x:t>493,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>