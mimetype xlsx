--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19554fe45d5640fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54a96447b2d349f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd15a5d3b5dd2428c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f490e70243f4d3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6660b31bff574194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd15a5d3b5dd2428c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81d4c08388804e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f490e70243f4d3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan IF SICAV - Global Dividend EUR CC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0329203144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>499,250</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>503,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>497,050</x:t>
+          <x:t>504,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>502,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>504,750</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>505,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>503,250</x:t>
-[...21 lines deleted...]
-          <x:t>503,750</x:t>
+          <x:t>500,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>501,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>498,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>499,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>496,750</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>500,250</x:t>
-        </x:is>
-[...494 lines deleted...]
-          <x:t>511,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>