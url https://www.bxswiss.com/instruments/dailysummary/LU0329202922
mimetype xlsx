--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R468b20b876ac42fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6024820be8a24be0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb462eaf64c294143"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7bbceaea6544b70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30e0ae610dfc4c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb462eaf64c294143" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re22c89c52ab44a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7bbceaea6544b70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan IF SICAV - Global Dividend USD CC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0329202922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>274,200</x:t>
-[...4 lines deleted...]
-          <x:t>273,000</x:t>
+          <x:t>271,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>272,700</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,900</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>275,800</x:t>
-[...85 lines deleted...]
-          <x:t>276,100</x:t>
+          <x:t>277,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...420 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,300</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>280,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>