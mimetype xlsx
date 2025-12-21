--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6024820be8a24be0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d189f1a676b422c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7bbceaea6544b70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1f4de802c404e1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re22c89c52ab44a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7bbceaea6544b70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R577493b0d2414192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1f4de802c404e1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan IF SICAV - Global Dividend USD CC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0329202922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>