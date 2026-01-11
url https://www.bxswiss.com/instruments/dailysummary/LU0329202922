--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d189f1a676b422c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89b9d51fdbfc44fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1f4de802c404e1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1eab482753f4de6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R577493b0d2414192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1f4de802c404e1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2585e08defd944cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1eab482753f4de6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan IF SICAV - Global Dividend USD CC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0329202922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>278,600</x:t>
-[...75 lines deleted...]
-          <x:t>277,900</x:t>
+          <x:t>278,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>276,600</x:t>
-[...75 lines deleted...]
-          <x:t>279,400</x:t>
+          <x:t>279,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>278,800</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>279,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>278,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>