--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89b9d51fdbfc44fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc6f3ef399a34c91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1eab482753f4de6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3f2d4abd2824ca5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2585e08defd944cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1eab482753f4de6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra161295ecc924ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3f2d4abd2824ca5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan IF SICAV - Global Dividend USD CC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0329202922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>284,200</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>283,600</x:t>
-[...48 lines deleted...]
-          <x:t>283,300</x:t>
+          <x:t>285,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>285,800</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>