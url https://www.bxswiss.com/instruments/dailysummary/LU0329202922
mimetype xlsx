--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc6f3ef399a34c91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15cc6d0dfa174bd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3f2d4abd2824ca5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R826cb18f9b0a4c32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra161295ecc924ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3f2d4abd2824ca5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f22486e160e4df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R826cb18f9b0a4c32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan IF SICAV - Global Dividend USD CC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0329202922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>283,800</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>292,550</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>