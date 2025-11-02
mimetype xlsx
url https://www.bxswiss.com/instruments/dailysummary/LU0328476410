--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf52ffe929ac4593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d5f05935c814cbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R481b84d943c1444e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a33100a049b42e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8ff926a6c154385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R481b84d943c1444e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c81a454788942c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a33100a049b42e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P Select Frontier Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0328476410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>