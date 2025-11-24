--- v1 (2025-11-02)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d5f05935c814cbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071dd130a54647ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a33100a049b42e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0e3aa939b404f0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c81a454788942c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a33100a049b42e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bb76e9c2f744991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0e3aa939b404f0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P Select Frontier Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0328476410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>