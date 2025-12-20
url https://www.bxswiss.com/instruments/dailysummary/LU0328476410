--- v2 (2025-11-24)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071dd130a54647ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra539f63b03324abe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0e3aa939b404f0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4065ec15c3b54946"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bb76e9c2f744991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0e3aa939b404f0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5de7543ca99c4a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4065ec15c3b54946" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P Select Frontier Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0328476410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>21,399</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,646</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>21,697</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,570</x:t>
-[...431 lines deleted...]
-          <x:t>20,884</x:t>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>