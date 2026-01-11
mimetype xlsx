--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra539f63b03324abe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f77b9d00c504cfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4065ec15c3b54946"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a71515157524e97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5de7543ca99c4a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4065ec15c3b54946" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a3fa23080804b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a71515157524e97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P Select Frontier Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0328476410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>21,455</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,712</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>22,194</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,982</x:t>
-[...301 lines deleted...]
-          <x:t>22,190</x:t>
+          <x:t>22,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>