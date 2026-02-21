--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f77b9d00c504cfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R614e988922794b99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a71515157524e97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc90cb0521ac4b5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a3fa23080804b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a71515157524e97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21f6b8c793d34a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc90cb0521ac4b5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P Select Frontier Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0328476410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,912</x:t>
-[...333 lines deleted...]
-          <x:t>23,492</x:t>
+          <x:t>21,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>