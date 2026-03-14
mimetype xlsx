--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R614e988922794b99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89ec54f1a7114e03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc90cb0521ac4b5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda2eb867410d4be0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21f6b8c793d34a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc90cb0521ac4b5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R311687ccd8e64ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda2eb867410d4be0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P Select Frontier Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0328476410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>