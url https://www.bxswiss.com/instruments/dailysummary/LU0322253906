--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47debc16ccaf4af2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8890f797115d4c17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf06deea9f8b24b48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bdcc8d09032471a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda9905af6df542c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf06deea9f8b24b48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7a77ebaa5cf4965" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bdcc8d09032471a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Europe Small Cap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322253906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,104</x:t>
-[...112 lines deleted...]
-          <x:t>61,105</x:t>
+          <x:t>61,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,383</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>61,923</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>