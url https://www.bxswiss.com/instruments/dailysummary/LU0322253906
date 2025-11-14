--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8890f797115d4c17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad55bf2a8704d4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bdcc8d09032471a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfae418ffb744420a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7a77ebaa5cf4965" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bdcc8d09032471a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dd52da40137476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfae418ffb744420a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Europe Small Cap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322253906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>62,293</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,899</x:t>
-[...431 lines deleted...]
-          <x:t>62,437</x:t>
+          <x:t>61,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>