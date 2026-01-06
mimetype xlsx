--- v2 (2025-11-14)
+++ v3 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad55bf2a8704d4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2daab12303ee4964" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfae418ffb744420a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re40056fabb064952"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dd52da40137476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfae418ffb744420a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4609fd498ab54708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re40056fabb064952" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Europe Small Cap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322253906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>61,806</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,144</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>62,045</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,123</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>60,721</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>