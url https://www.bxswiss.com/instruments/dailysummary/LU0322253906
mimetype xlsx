--- v3 (2026-01-06)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2daab12303ee4964" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcc40764869f413c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re40056fabb064952"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dfbd6a5c6244f85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4609fd498ab54708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re40056fabb064952" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92e2bea337e845e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dfbd6a5c6244f85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Europe Small Cap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322253906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>64,523</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>