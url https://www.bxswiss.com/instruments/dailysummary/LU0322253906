--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcc40764869f413c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5350638767f944a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dfbd6a5c6244f85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51239e0dd3ad4ff5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92e2bea337e845e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dfbd6a5c6244f85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820a3e0d1d824ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51239e0dd3ad4ff5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Europe Small Cap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322253906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>64,210</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,736</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...600 lines deleted...]
-          <x:t>65,547</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>