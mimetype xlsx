--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22017d4b47ce42d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdf96e41604d45d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R449138d4ccf14315"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa23d95d3b9465e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ee327ef987f40d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R449138d4ccf14315" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e1bdae268f34259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa23d95d3b9465e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P Global Infrastructure Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322253229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>58,068</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,882</x:t>
-[...408 lines deleted...]
-        <x:is>
           <x:t>58,191</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,230</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>