--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdf96e41604d45d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R784e510a73e04d1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa23d95d3b9465e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra38feed022b24559"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e1bdae268f34259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa23d95d3b9465e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eea563963e44035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra38feed022b24559" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P Global Infrastructure Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322253229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>59,067</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,947</x:t>
-[...38 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>59,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,815</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>58,403</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>