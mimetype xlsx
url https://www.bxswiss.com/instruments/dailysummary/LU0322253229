--- v2 (2025-11-21)
+++ v3 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R784e510a73e04d1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42bae27d9d2b4ec9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra38feed022b24559"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1365be3359184995"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eea563963e44035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra38feed022b24559" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8c6944c64494d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1365be3359184995" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P Global Infrastructure Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322253229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>59,020</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,494</x:t>
-[...119 lines deleted...]
-          <x:t>58,628</x:t>
+          <x:t>58,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,414</x:t>
-[...328 lines deleted...]
-          <x:t>59,214</x:t>
+          <x:t>58,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>