--- v3 (2026-01-02)
+++ v4 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42bae27d9d2b4ec9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44725ce499747be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1365be3359184995"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea7a8a43845493f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8c6944c64494d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1365be3359184995" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4abbeb50ec4f4e7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea7a8a43845493f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P Global Infrastructure Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322253229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>58,791</x:t>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>