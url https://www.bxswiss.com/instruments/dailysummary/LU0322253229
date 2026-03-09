--- v4 (2026-02-17)
+++ v5 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44725ce499747be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39095602bbd94cce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea7a8a43845493f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad2352f713de4dc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4abbeb50ec4f4e7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea7a8a43845493f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6441c54243a64eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad2352f713de4dc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P Global Infrastructure Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322253229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>