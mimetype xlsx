--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2f92eb0ff14f1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b22d9cc6cfa4c07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R692eaa73a8354f28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b78ee05555c4fba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45c3aa4eb398437f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R692eaa73a8354f28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfacca862cdd54332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b78ee05555c4fba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE Vietnam Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>29,928</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,725</x:t>
-[...193 lines deleted...]
-          <x:t>33,526</x:t>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>