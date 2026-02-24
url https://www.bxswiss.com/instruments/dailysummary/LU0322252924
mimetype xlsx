--- v1 (2026-01-08)
+++ v2 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b22d9cc6cfa4c07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R475d99f5c97f4456" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b78ee05555c4fba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c40b1d6ac4e420d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfacca862cdd54332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b78ee05555c4fba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43618c62efa9417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c40b1d6ac4e420d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE Vietnam Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>34,353</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>