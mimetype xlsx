--- v2 (2026-02-24)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R475d99f5c97f4456" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6806387f7b4d92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c40b1d6ac4e420d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafcaf4eef4f54611"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43618c62efa9417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c40b1d6ac4e420d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11763bd14bdb466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafcaf4eef4f54611" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE Vietnam Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,292</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>