--- v0 (2025-10-23)
+++ v1 (2025-11-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re41ac8bb3ef348e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec32f27bc88148a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aeb29ef9f13423f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62ad55d354524f6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R049eac77919c4323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aeb29ef9f13423f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd62c8be5d60345f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62ad55d354524f6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Pacific ex Japan ESG Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>72,566</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,754</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>70,424</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>