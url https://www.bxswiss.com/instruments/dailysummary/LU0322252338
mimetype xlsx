--- v1 (2025-11-12)
+++ v2 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec32f27bc88148a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3df07132312c4166" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62ad55d354524f6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4016e64867844031"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd62c8be5d60345f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62ad55d354524f6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93519373b77d4292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4016e64867844031" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Pacific ex Japan ESG Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>71,525</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,463</x:t>
-[...593 lines deleted...]
-          <x:t>71,494</x:t>
+          <x:t>71,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>