--- v2 (2025-12-29)
+++ v3 (2026-02-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3df07132312c4166" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41bdf0e8a5b0408a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4016e64867844031"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref8a3315309c4c5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93519373b77d4292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4016e64867844031" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b1c955313b74275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref8a3315309c4c5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Pacific ex Japan ESG Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>70,826</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>