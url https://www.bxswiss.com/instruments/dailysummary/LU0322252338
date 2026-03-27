--- v3 (2026-02-08)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41bdf0e8a5b0408a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f9fa0cc3d9145d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref8a3315309c4c5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb73a32dddcc472e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b1c955313b74275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref8a3315309c4c5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf77d1ca608d24cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb73a32dddcc472e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Pacific ex Japan ESG Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>73,341</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,925</x:t>
-[...215 lines deleted...]
-          <x:t>73,336</x:t>
+          <x:t>69,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>