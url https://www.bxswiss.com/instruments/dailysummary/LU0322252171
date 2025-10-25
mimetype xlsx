--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc45d5ce4931a4ee5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b25fceed1484865" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf02d0465772a45c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra413cda7d84b4b42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R375d53a085bf43e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf02d0465772a45c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7076a7a94ecc4f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra413cda7d84b4b42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI AC Asia ex Japan ESG Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>48,726</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,860</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>48,686</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,602</x:t>
-[...65 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>49,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,376</x:t>
-[...117 lines deleted...]
-          <x:t>50,006</x:t>
+          <x:t>49,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>