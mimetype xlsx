--- v1 (2025-10-25)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b25fceed1484865" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f03c5727c31496f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra413cda7d84b4b42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5519deab3b0049bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7076a7a94ecc4f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra413cda7d84b4b42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R295aeb23864e4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5519deab3b0049bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI AC Asia ex Japan ESG Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>48,940</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,475</x:t>
-[...571 lines deleted...]
-          <x:t>49,561</x:t>
+          <x:t>49,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>