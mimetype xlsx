--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f03c5727c31496f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca8072c5a4c94142" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5519deab3b0049bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf96eb19e610744c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R295aeb23864e4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5519deab3b0049bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1e2020449b941e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf96eb19e610744c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI AC Asia ex Japan ESG Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>48,981</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,094</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>47,717</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>