--- v3 (2026-01-15)
+++ v4 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca8072c5a4c94142" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a897b985c1245e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf96eb19e610744c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32205d1ab3584e30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1e2020449b941e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf96eb19e610744c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a3fc48c48534473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32205d1ab3584e30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI AC Asia ex Japan ESG Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>