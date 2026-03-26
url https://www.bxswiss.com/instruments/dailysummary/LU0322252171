--- v4 (2026-02-12)
+++ v5 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a897b985c1245e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac89dfbdb32a4f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32205d1ab3584e30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R112b92c142694d0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a3fc48c48534473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32205d1ab3584e30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20888ddf49b849c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R112b92c142694d0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI AC Asia ex Japan ESG Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322252171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>48,914</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>