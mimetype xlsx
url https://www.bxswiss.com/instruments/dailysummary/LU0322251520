--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e406cdc04242a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree60b17b590a4732" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb95a653274b47f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c82c3591fcd4608"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb41a048a294a47ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb95a653274b47f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc6957fb3c884d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c82c3591fcd4608" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Inverse Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322251520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,170</x:t>
-[...16 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>6,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,164</x:t>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,136</x:t>
-[...75 lines deleted...]
-          <x:t>6,095</x:t>
+          <x:t>6,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,113</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...273 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,062</x:t>
-[...9 lines deleted...]
-          <x:t>6,041</x:t>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>