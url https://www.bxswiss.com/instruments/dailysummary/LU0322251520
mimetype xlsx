--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree60b17b590a4732" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31b822c9f21143da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c82c3591fcd4608"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e997dbc76294742"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc6957fb3c884d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c82c3591fcd4608" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bc582c94df5460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e997dbc76294742" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Inverse Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322251520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>6,070</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,066</x:t>
-[...97 lines deleted...]
-          <x:t>6,100</x:t>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,089</x:t>
-[...75 lines deleted...]
-          <x:t>6,082</x:t>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,075</x:t>
-[...16 lines deleted...]
-          <x:t>6,062</x:t>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,036</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>6,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>