--- v2 (2025-12-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31b822c9f21143da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6b1c5cc817248b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e997dbc76294742"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5df6618a1feb4f36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bc582c94df5460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e997dbc76294742" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36d9105774ad4181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5df6618a1feb4f36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 Inverse Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322251520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>6,194</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,135</x:t>
-[...598 lines deleted...]
-          <x:t>6,036</x:t>
+          <x:t>6,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>