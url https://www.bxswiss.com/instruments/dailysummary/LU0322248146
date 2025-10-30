--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5277a8ae82f143cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd743fb935ce44fcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97947c84916d470c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c33a7769f094099"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02ad8c35a5534b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97947c84916d470c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88af767bf0264b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c33a7769f094099" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers SLI UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322248146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>211,389</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>209,524</x:t>
-[...544 lines deleted...]
-          <x:t>214,531</x:t>
+          <x:t>213,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>