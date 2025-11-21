--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd743fb935ce44fcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b1aafd863794538" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c33a7769f094099"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6d56978d8a34d94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88af767bf0264b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c33a7769f094099" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33fd655d154c46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6d56978d8a34d94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers SLI UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322248146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>