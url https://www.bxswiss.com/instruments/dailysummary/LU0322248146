--- v2 (2025-11-21)
+++ v3 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b1aafd863794538" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3714dfb54214363" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6d56978d8a34d94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddcf83e3f4594373"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33fd655d154c46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6d56978d8a34d94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd329514de4e646c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddcf83e3f4594373" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers SLI UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322248146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>211,410</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>