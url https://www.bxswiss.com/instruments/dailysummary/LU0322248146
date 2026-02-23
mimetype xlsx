--- v3 (2026-01-06)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3714dfb54214363" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21b6439a32c46aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddcf83e3f4594373"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2ef60d487794846"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd329514de4e646c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddcf83e3f4594373" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R148ac4b825b14936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2ef60d487794846" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers SLI UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322248146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>223,774</x:t>
-[...9 lines deleted...]
-          <x:t>223,675</x:t>
+          <x:t>223,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>