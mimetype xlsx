--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21b6439a32c46aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed9b0950581489c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2ef60d487794846"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2798e3ee80b24e1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R148ac4b825b14936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2ef60d487794846" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec65475033204a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2798e3ee80b24e1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers SLI UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0322248146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>