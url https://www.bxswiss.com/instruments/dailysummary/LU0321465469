--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f58ebf4a7d54d53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e8fcb6b73d42f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b79a04d7da94926"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6a3c1a63b0241ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b074fed100e46ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b79a04d7da94926" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c96f0bd9e544f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6a3c1a63b0241ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II USD Overnight Rate Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0321465469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>165,372</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...100 lines deleted...]
-          <x:t>165,489</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>