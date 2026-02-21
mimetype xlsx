--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e8fcb6b73d42f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6658acda0c4f4123" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6a3c1a63b0241ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra41c8bd2785745d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c96f0bd9e544f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6a3c1a63b0241ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ad067454310471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra41c8bd2785745d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II USD Overnight Rate Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0321465469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>168,518</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>