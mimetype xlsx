--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6658acda0c4f4123" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0312909851b34f30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra41c8bd2785745d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra36fb197954442d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ad067454310471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra41c8bd2785745d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e643bb402f04fe5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra36fb197954442d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II USD Overnight Rate Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0321465469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>162,948</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,726</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>163,721</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>