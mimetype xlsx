--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31c52735a0d84a28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc68646b6d0b3412a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff316bc572474345"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ec0596927804690"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbebf8ef5629a4983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff316bc572474345" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33cee0bc3a25466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ec0596927804690" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond Short Daily Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0321463258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>80,183</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,234</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>80,072</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,119</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>80,595</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>