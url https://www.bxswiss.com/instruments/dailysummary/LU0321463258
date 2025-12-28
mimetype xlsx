--- v1 (2025-10-25)
+++ v2 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc68646b6d0b3412a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1155c41e1f69421f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ec0596927804690"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2e1a973bb8e47e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33cee0bc3a25466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ec0596927804690" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d27d00eade94078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2e1a973bb8e47e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond Short Daily Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0321463258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>80,155</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,517</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>79,885</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,595</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>78,903</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>