--- v2 (2025-12-28)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1155c41e1f69421f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8cd228e91c74d66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2e1a973bb8e47e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b76d78e759a481a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d27d00eade94078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2e1a973bb8e47e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cc38d3731a74185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b76d78e759a481a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond Short Daily Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0321463258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>80,370</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>