--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R445cff2691a24a3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778c2f8094914af9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdedc5269b7b54dc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3b8ebcf6f9b48b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27d52439664e4468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdedc5269b7b54dc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e1e60b8cee45d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3b8ebcf6f9b48b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE China 50 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>30,099</x:t>
+          <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,988</x:t>
-[...118 lines deleted...]
-        <x:is>
           <x:t>29,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,939</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>29,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,808</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>