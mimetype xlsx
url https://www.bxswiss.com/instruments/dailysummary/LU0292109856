--- v1 (2025-10-23)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778c2f8094914af9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a8d0560e3b4455c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3b8ebcf6f9b48b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad4bd053c95a435c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e1e60b8cee45d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3b8ebcf6f9b48b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa8447a4c9f245ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad4bd053c95a435c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE China 50 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>31,202</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,299</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>30,069</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>