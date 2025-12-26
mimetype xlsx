--- v2 (2025-11-13)
+++ v3 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a8d0560e3b4455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cc33b1c0d094b4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad4bd053c95a435c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4700f1c125a6468a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa8447a4c9f245ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad4bd053c95a435c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb77a33923e54a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4700f1c125a6468a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE China 50 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>30,355</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,621</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>21.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,229</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>30,822</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>