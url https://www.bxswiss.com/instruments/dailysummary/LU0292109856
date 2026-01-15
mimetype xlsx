--- v3 (2025-12-26)
+++ v4 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cc33b1c0d094b4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4117ae5d59481e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4700f1c125a6468a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6641029e9934dd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb77a33923e54a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4700f1c125a6468a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fa341a01c6b405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6641029e9934dd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE China 50 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>30,187</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,136</x:t>
-[...119 lines deleted...]
-          <x:t>30,149</x:t>
+          <x:t>30,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,072</x:t>
-[...80 lines deleted...]
-          <x:t>30,572</x:t>
+          <x:t>30,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,764</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...258 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>