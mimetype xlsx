--- v4 (2026-01-15)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4117ae5d59481e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafaa1ba358834f7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6641029e9934dd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5052251ef15a46ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fa341a01c6b405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6641029e9934dd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd052d9c3dba9457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5052251ef15a46ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE China 50 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>30,304</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,352</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>32,161</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>