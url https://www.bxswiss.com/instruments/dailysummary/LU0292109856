--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafaa1ba358834f7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2eb937db1ae40c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5052251ef15a46ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01885c7d34364013"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd052d9c3dba9457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5052251ef15a46ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc437b61693b6440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01885c7d34364013" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers FTSE China 50 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>31,488</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,315</x:t>
-[...273 lines deleted...]
-        <x:is>
           <x:t>31,270</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>18.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,421</x:t>
-[...117 lines deleted...]
-          <x:t>31,562</x:t>
+          <x:t>31,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>