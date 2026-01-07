--- v0 (2025-10-23)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref81f8aff1994022" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f547d513d8f4eb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb56bd0cdc1694d77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab60b5d1a455471f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd319ff1e81934dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb56bd0cdc1694d77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R444640c905f24bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab60b5d1a455471f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Nifty 50 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>227,685</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>