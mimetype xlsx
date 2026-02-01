--- v1 (2026-01-07)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f547d513d8f4eb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9ea4b7d1b1549f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab60b5d1a455471f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e6b549e16664b58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R444640c905f24bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab60b5d1a455471f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb799f0aa6004261" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e6b549e16664b58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Nifty 50 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>