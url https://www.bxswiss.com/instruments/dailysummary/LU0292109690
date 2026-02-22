--- v2 (2026-02-01)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9ea4b7d1b1549f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4db5b8ec9cbf468e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e6b549e16664b58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3b8d32f27d24571"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb799f0aa6004261" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e6b549e16664b58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fbd13b725a54cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3b8d32f27d24571" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Nifty 50 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>