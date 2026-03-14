--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4db5b8ec9cbf468e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dd1f3b40dd44056" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3b8d32f27d24571"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d9beb21bbbe4d46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fbd13b725a54cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3b8d32f27d24571" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf0fafab46f544e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d9beb21bbbe4d46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Nifty 50 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>