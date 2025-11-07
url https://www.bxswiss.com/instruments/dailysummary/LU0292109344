--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2110bc2138e4997" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90f9702ec1d84b7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8739f7feb8ab47f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R381df867f95b4370"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4a79d7116fa44b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8739f7feb8ab47f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R458a35a427a7428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R381df867f95b4370" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Brazil UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>42,535</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,752</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,936</x:t>
-[...468 lines deleted...]
-          <x:t>41,414</x:t>
+          <x:t>43,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>