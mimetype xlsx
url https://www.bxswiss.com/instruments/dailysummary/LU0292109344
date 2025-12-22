--- v1 (2025-11-07)
+++ v2 (2025-12-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90f9702ec1d84b7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1392ad9bf0b34774" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R381df867f95b4370"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861ece000e9f404e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R458a35a427a7428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R381df867f95b4370" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1bd5d96e9204be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861ece000e9f404e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Brazil UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>45,659</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>