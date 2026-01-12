--- v2 (2025-12-22)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1392ad9bf0b34774" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a64c25092774bbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861ece000e9f404e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa2c9f09c35446a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1bd5d96e9204be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861ece000e9f404e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf2b02ef4019434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa2c9f09c35446a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Brazil UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>