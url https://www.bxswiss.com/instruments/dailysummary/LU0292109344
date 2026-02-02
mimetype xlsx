--- v3 (2026-01-12)
+++ v4 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a64c25092774bbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f26b581b31e452a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa2c9f09c35446a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41f26b283d7c45eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf2b02ef4019434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa2c9f09c35446a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R200c07516dbd4539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41f26b283d7c45eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Brazil UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>