--- v4 (2026-02-02)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f26b581b31e452a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d450939b13c4ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41f26b283d7c45eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44cad1f686c44f6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R200c07516dbd4539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41f26b283d7c45eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34d37b7b8f2e467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44cad1f686c44f6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Brazil UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,382 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>48,266</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,564</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,772</x:t>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>