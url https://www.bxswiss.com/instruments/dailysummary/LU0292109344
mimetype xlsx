--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d450939b13c4ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R553d2459003c4a85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44cad1f686c44f6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b65228e383e4f9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34d37b7b8f2e467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44cad1f686c44f6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31ad2fa8ac3241bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b65228e383e4f9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Brazil UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>52,657</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,564</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...305 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,284</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>