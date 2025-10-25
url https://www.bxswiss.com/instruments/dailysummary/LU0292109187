--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae7a71b7d5ad4e6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd67a7b600e234042" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9192635a8717438c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf4d1301f75d47e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae0c169f97da402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9192635a8717438c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Race4dff68bdd46b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf4d1301f75d47e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Taiwan UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,572</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>