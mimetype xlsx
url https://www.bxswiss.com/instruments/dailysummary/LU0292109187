--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd67a7b600e234042" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2ab47c9c2824e59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf4d1301f75d47e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4d8d59feacf4f60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Race4dff68bdd46b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf4d1301f75d47e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R377d5c30bf764406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4d8d59feacf4f60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Taiwan UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,124</x:t>
-[...166 lines deleted...]
-          <x:t>67,911</x:t>
+          <x:t>69,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,944</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>71,539</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>