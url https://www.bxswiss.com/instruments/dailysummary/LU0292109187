--- v2 (2026-01-10)
+++ v3 (2026-02-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2ab47c9c2824e59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eb03a383b36411e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4d8d59feacf4f60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0d0989910484d50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R377d5c30bf764406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4d8d59feacf4f60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R564ff80338144fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0d0989910484d50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Taiwan UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,392</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>