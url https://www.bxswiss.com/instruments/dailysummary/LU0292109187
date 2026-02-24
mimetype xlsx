--- v3 (2026-02-04)
+++ v4 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eb03a383b36411e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44a795189754d83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0d0989910484d50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79b9dffd25da499a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R564ff80338144fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0d0989910484d50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f0c8f3478424643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79b9dffd25da499a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Taiwan UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>