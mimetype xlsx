--- v4 (2026-02-24)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44a795189754d83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cbdaf7f1a7c41c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79b9dffd25da499a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d61b6e49c494909"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f0c8f3478424643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79b9dffd25da499a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a1dcad2b73d44d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d61b6e49c494909" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Taiwan UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292109187</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>