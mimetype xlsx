--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4db2be0cf9f49c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcab7bb8710f9435d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra88b4e61a5e547d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e93f2f7323b469a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9299a9e258794df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra88b4e61a5e547d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a32f4b3b7d3496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e93f2f7323b469a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EM Latin America ESG Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292108619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,031</x:t>
-[...43 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>37,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,219</x:t>
-[...279 lines deleted...]
-          <x:t>37,414</x:t>
+          <x:t>38,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>