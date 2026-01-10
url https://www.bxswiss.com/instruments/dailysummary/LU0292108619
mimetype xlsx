--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcab7bb8710f9435d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae20279d4a224aa2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e93f2f7323b469a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4cec26fe9904c6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a32f4b3b7d3496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e93f2f7323b469a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe5dc6f12906464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4cec26fe9904c6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EM Latin America ESG Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292108619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>37,965</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>