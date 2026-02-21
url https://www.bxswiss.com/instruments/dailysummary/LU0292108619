--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae20279d4a224aa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R938671f880e9420f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4cec26fe9904c6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eb2bcb7fcf6487e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe5dc6f12906464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4cec26fe9904c6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra072628a215846d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eb2bcb7fcf6487e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EM Latin America ESG Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292108619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>42,802</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>