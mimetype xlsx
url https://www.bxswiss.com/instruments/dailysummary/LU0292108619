--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R938671f880e9420f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a3ae5d47a624a4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eb2bcb7fcf6487e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c3bf4f151fb4e37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra072628a215846d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eb2bcb7fcf6487e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28ebc76b98714092" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c3bf4f151fb4e37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EM Latin America ESG Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292108619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,573</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,630</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>