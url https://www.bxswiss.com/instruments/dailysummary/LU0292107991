--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7637bcb054d846ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb607973bf832441f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cd85f451f444a00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4c5bc65e97140e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f7de84c3878428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cd85f451f444a00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8afa44e648543ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4c5bc65e97140e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EM Asia ESG Screened Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292107991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>