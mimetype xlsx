--- v1 (2025-10-26)
+++ v2 (2025-12-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb607973bf832441f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b804e0b27d74086" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4c5bc65e97140e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16bb3a88c07f4468"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8afa44e648543ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4c5bc65e97140e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83defd6070e2472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16bb3a88c07f4468" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EM Asia ESG Screened Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292107991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,702</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>62,290</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,794</x:t>
-[...139 lines deleted...]
-          <x:t>64,896</x:t>
+          <x:t>63,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>