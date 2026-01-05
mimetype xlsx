--- v2 (2025-12-12)
+++ v3 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b804e0b27d74086" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b9adfca21264546" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16bb3a88c07f4468"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9463297735c4e6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83defd6070e2472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16bb3a88c07f4468" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e64fa2a5c834bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9463297735c4e6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EM Asia ESG Screened Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292107991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>64,514</x:t>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,727</x:t>
-[...258 lines deleted...]
-        <x:is>
           <x:t>63,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,545</x:t>
         </x:is>
       </x:c>
@@ -791,31 +305,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>