--- v3 (2026-01-05)
+++ v4 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b9adfca21264546" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4711e73c4634896" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9463297735c4e6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31140abdce61474d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e64fa2a5c834bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9463297735c4e6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e563130c5da47c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31140abdce61474d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EM Asia ESG Screened Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292107991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,104 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,804</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +521,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>