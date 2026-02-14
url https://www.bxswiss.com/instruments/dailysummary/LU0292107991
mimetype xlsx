--- v4 (2026-01-07)
+++ v5 (2026-02-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4711e73c4634896" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra760ce3ad322474e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31140abdce61474d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44fd9fe0fbf44091"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e563130c5da47c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31140abdce61474d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb61b9541fcf04873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44fd9fe0fbf44091" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EM Asia ESG Screened Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292107991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>67,658</x:t>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,548</x:t>
-[...4 lines deleted...]
-          <x:t>68,056</x:t>
+          <x:t>68,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>