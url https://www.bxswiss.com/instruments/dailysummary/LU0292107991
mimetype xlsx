--- v5 (2026-02-14)
+++ v6 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra760ce3ad322474e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5283adb121af4336" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44fd9fe0fbf44091"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8db70d121aec4fde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb61b9541fcf04873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44fd9fe0fbf44091" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7903228c27242f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8db70d121aec4fde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI EM Asia ESG Screened Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292107991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>67,946</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,110</x:t>
-[...490 lines deleted...]
-          <x:t>69,738</x:t>
+          <x:t>69,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>