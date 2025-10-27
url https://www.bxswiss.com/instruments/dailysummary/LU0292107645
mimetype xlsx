--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd7e98ecde394d5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfce1fcc728744572" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14de28ebc0ce45f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3209990b49094c26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f8d5caf3e6143c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14de28ebc0ce45f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd8f475961c4cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3209990b49094c26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Emerging Markets Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292107645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>51,386</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,319</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>51,671</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>52,012</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,788</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>52,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,145</x:t>
         </x:is>
       </x:c>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>