--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfce1fcc728744572" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e5a9f4526d4173" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3209990b49094c26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc2c33eaaeea4c7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd8f475961c4cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3209990b49094c26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbcd0140f9454550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc2c33eaaeea4c7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Emerging Markets Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292107645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>