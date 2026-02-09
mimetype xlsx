--- v2 (2025-11-17)
+++ v3 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e5a9f4526d4173" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a6629fb4816410a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc2c33eaaeea4c7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra728d73bd2dd4818"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbcd0140f9454550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc2c33eaaeea4c7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb660a36ee1e7443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra728d73bd2dd4818" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Emerging Markets Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292107645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>54,017</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>