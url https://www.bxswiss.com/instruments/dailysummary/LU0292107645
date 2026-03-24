--- v3 (2026-02-09)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a6629fb4816410a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9aafa1088434627" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra728d73bd2dd4818"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e06c2f027bc4e80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb660a36ee1e7443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra728d73bd2dd4818" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6e03638af2b4044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e06c2f027bc4e80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Emerging Markets Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292107645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>58,030</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,986</x:t>
-[...436 lines deleted...]
-          <x:t>57,977</x:t>
+          <x:t>57,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>