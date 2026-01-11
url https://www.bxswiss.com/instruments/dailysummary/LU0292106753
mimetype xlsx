--- v0 (2025-10-26)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re11ab2f330974f8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc41e164154114b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91c908f4f0874219"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea50e856df90482e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f5fc003b342448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91c908f4f0874219" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5394193516114ba3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea50e856df90482e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers EURO STOXX 50 Short Daily Swap UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>5,500</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,485</x:t>
-[...87 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,501</x:t>
-[...188 lines deleted...]
-          <x:t>5,455</x:t>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,392</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.10.2025</x:t>
-[...100 lines deleted...]
-          <x:t>5,423</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>