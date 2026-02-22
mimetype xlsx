--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc41e164154114b78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0c63239dba34a77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea50e856df90482e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1831fe2795b43b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5394193516114ba3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea50e856df90482e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a7d339a0e91448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1831fe2795b43b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers EURO STOXX 50 Short Daily Swap UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,264</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>5,256</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,229</x:t>
-[...80 lines deleted...]
-          <x:t>5,189</x:t>
+          <x:t>5,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>