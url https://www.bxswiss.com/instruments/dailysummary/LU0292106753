--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0c63239dba34a77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R564432af066e4db1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1831fe2795b43b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99d82b0bccfe497b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a7d339a0e91448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1831fe2795b43b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b64f2b25c1b484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99d82b0bccfe497b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers EURO STOXX 50 Short Daily Swap UCITS ETF 1C</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,214</x:t>
-[...576 lines deleted...]
-          <x:t>4,986</x:t>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>