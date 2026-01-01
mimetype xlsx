--- v0 (2025-11-21)
+++ v1 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c0fae52e6354640" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f028ac082a941de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R233a951704c9400c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf11c5ad15b8d4be3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04285fe385374aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R233a951704c9400c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra07bfaa734dd4ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf11c5ad15b8d4be3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers ShortDAX Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>8,823</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,695</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>8,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,822</x:t>
-[...124 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>8,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,866</x:t>
-[...414 lines deleted...]
-          <x:t>9,154</x:t>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>