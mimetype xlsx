--- v1 (2026-01-01)
+++ v2 (2026-02-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f028ac082a941de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa007ce47f7d4939" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf11c5ad15b8d4be3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca18740cb9354e9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra07bfaa734dd4ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf11c5ad15b8d4be3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf938ebe01ac24474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca18740cb9354e9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers ShortDAX Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>8,732</x:t>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>