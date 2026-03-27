--- v2 (2026-02-14)
+++ v3 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa007ce47f7d4939" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0e3ad4fbdb14cd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca18740cb9354e9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725cafca903d4b8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf938ebe01ac24474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca18740cb9354e9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35a343e63b034720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725cafca903d4b8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers ShortDAX Daily Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>8,490</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,474</x:t>
-[...259 lines deleted...]
-          <x:t>8,580</x:t>
+          <x:t>8,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,524</x:t>
-[...200 lines deleted...]
-          <x:t>8,650</x:t>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,570</x:t>
-[...139 lines deleted...]
-          <x:t>8,480</x:t>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>