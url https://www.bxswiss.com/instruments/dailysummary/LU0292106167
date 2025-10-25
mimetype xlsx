--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10832b33571c4f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54893e90683d4268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38ee2970cb2849b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re23e9445bde14458"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2629d5c81f064cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38ee2970cb2849b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45ee0ae8a4e04183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re23e9445bde14458" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Bloomberg Commodity ex-Agriculture &amp; Livestock Swap UCITS ETF 1C EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106167</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>