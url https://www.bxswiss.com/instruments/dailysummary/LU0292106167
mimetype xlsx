--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54893e90683d4268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79ac385dab47492a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re23e9445bde14458"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfee6039f619f4e6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45ee0ae8a4e04183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re23e9445bde14458" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5a3b63186424b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfee6039f619f4e6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Bloomberg Commodity ex-Agriculture &amp; Livestock Swap UCITS ETF 1C EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106167</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>26,115</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,198</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>26,189</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>