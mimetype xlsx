--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79ac385dab47492a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44267cf975064bb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfee6039f619f4e6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f78655b00a94c4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5a3b63186424b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfee6039f619f4e6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R172c01ff7d13451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f78655b00a94c4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Bloomberg Commodity ex-Agriculture &amp; Livestock Swap UCITS ETF 1C EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106167</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,104 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>27,396</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>