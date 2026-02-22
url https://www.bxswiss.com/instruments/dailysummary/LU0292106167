--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44267cf975064bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94d4ab8cc781466b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f78655b00a94c4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce739560222a46fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R172c01ff7d13451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f78655b00a94c4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R257705b3ce9c49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce739560222a46fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Bloomberg Commodity ex-Agriculture &amp; Livestock Swap UCITS ETF 1C EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106167</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>29,048</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>