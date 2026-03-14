--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94d4ab8cc781466b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7816dd3fc2fe47ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce739560222a46fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5782a03d1f574875"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R257705b3ce9c49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce739560222a46fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74a36dcce65241e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5782a03d1f574875" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Bloomberg Commodity ex-Agriculture &amp; Livestock Swap UCITS ETF 1C EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292106167</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,094</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>29,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,772</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>