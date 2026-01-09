--- v0 (2025-10-16)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e17bcb05d89434c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R880668dc322846b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3072a03130dd4110"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3e514ea43124811"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7b41e62bbc74fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3072a03130dd4110" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9c4832848fa48df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3e514ea43124811" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Korea UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292100046</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>83,908</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>