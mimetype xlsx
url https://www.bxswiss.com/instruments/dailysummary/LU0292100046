--- v1 (2026-01-09)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R880668dc322846b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc21c45940ec74f0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3e514ea43124811"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27aaf9358b664c38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9c4832848fa48df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3e514ea43124811" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98f91ac281b94491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27aaf9358b664c38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Korea UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292100046</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,438</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>