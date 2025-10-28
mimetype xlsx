--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17d1dc2991c54779" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3585212d31b64281" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945159ffd50d4f2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02c9bdff27bc41f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa6e2fee9ef84d1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945159ffd50d4f2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c70e58dcf048e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02c9bdff27bc41f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Stoxx Global Select Dividend 100 Swap UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292096186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>29,242</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,309</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,368</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,307</x:t>
-[...485 lines deleted...]
-          <x:t>29,354</x:t>
+          <x:t>29,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>