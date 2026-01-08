--- v1 (2025-10-28)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3585212d31b64281" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d15ce3568034a31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02c9bdff27bc41f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R114c00e4bee84dfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c70e58dcf048e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02c9bdff27bc41f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ce231a7ef134565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R114c00e4bee84dfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Stoxx Global Select Dividend 100 Swap UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292096186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>29,715</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>