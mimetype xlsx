--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d15ce3568034a31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0bf680955c46d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R114c00e4bee84dfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R463c2ef2b44e41e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ce231a7ef134565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R114c00e4bee84dfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R348136b779c8487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R463c2ef2b44e41e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Stoxx Global Select Dividend 100 Swap UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292096186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,073</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>