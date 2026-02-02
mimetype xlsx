--- v3 (2026-01-09)
+++ v4 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0bf680955c46d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re99059f1bd4545f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R463c2ef2b44e41e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44bb9309d6d24861"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R348136b779c8487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R463c2ef2b44e41e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9ec112dae8456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44bb9309d6d24861" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Stoxx Global Select Dividend 100 Swap UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292096186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,051</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>