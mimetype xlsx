--- v4 (2026-02-02)
+++ v5 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re99059f1bd4545f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf6133f1046f4495" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44bb9309d6d24861"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re238cc8a4f044393"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9ec112dae8456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44bb9309d6d24861" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0780ccd5e4d54155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re238cc8a4f044393" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Stoxx Global Select Dividend 100 Swap UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292096186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>31,170</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,060</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>31,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,417</x:t>
         </x:is>
       </x:c>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>