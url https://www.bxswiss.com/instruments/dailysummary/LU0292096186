--- v5 (2026-02-23)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf6133f1046f4495" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35a3fad349e5454c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re238cc8a4f044393"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R745040d647244d8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0780ccd5e4d54155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re238cc8a4f044393" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd04224b3a2bb4b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R745040d647244d8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Stoxx Global Select Dividend 100 Swap UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292096186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,437</x:t>
-[...522 lines deleted...]
-          <x:t>32,324</x:t>
+          <x:t>31,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>